--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -449,69 +449,58 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">10.00-10.10 Приветственное слово: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C083898" w14:textId="1B3DEC84" w:rsidR="003666C6" w:rsidRPr="003008B5" w:rsidRDefault="003666C6" w:rsidP="0037763A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Наталья Владимировна</w:t>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Малюжинская Наталья Владимировна</w:t>
       </w:r>
       <w:r w:rsidR="003008B5" w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО ВолгГМУ Минздрава России, профессор, д.м.н.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326FE594" w14:textId="77777777" w:rsidR="003666C6" w:rsidRPr="003008B5" w:rsidRDefault="003666C6" w:rsidP="0037763A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -585,69 +574,58 @@
         </w:rPr>
         <w:t>Здоровый кишечник и хорошее пищеварение для лучшей жизни пациента</w:t>
       </w:r>
       <w:r w:rsidR="004C5732" w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6073FC5C" w14:textId="0A0E81D2" w:rsidR="004C1122" w:rsidRPr="003008B5" w:rsidRDefault="004C1122" w:rsidP="004C1122">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Малюжинская</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Наталья Владимировна, заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, профессор, д.м.н.</w:t>
+        <w:t>Малюжинская Наталья Владимировна, заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, профессор, д.м.н.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F90651" w14:textId="77777777" w:rsidR="004C1122" w:rsidRPr="003008B5" w:rsidRDefault="004C1122" w:rsidP="0037763A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="292B9455" w14:textId="534145F3" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="00AF2DE3" w:rsidP="001A2B64">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -891,764 +869,608 @@
     <w:p w14:paraId="4257D8EF" w14:textId="77777777" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(при поддержке АО «</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003008B5">
+        <w:t xml:space="preserve">(при поддержке АО «Отисифарм». Не входит в программу для НМО, не обеспечен кредитами НМО)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBC1124" w14:textId="77777777" w:rsidR="001C77A8" w:rsidRPr="003008B5" w:rsidRDefault="001C77A8" w:rsidP="001C77A8">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Малюжинская Наталья Владимировна, заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, профессор, д.м.н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D774554" w14:textId="77777777" w:rsidR="001C77A8" w:rsidRDefault="001C77A8" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4D6C41" w14:textId="45EA6D7E" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="00AF2DE3" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>0-11.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0532" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A2B64" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Рациональное назначение иммуномодуляторов в практике педиатра» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443EE583" w14:textId="77777777" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Малюжинская Наталья Владимировна, заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, профессор, д.м.н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A651B27" w14:textId="3BF79BA5" w:rsidR="008568EE" w:rsidRPr="003008B5" w:rsidRDefault="008568EE" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167F91B9" w14:textId="4EE65D67" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="00562A04" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="001A2B64" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2B64" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Терапия острых респираторных инфекций у детей: доказательная база эффективности и безопасности</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2B64" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370610D8" w14:textId="77777777" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Малюжинская Наталья Владимировна, заведующий кафедрой детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, профессор, д.м.н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56551000" w14:textId="7EC0FB01" w:rsidR="00CF3E51" w:rsidRPr="003008B5" w:rsidRDefault="00CF3E51" w:rsidP="00A319EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49466609" w14:textId="0233F82F" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="003739FE" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1E1E" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidR="001A2B64" w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Пневмонии и бронхиты: как не допустить осложнений»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="003BF412" w14:textId="2CC530A0" w:rsidR="008568EE" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
-          <w:i/>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Полякова Ольга Владимировна, доцент кафедры детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, доцент, к.м.н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E80E6FD" w14:textId="022A3249" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="00A319EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24119D34" w14:textId="5428FF46" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12.10-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12.30 «Значение микробиоты для здоровья организма» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648AE99E" w14:textId="6B7C7C0E" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...100 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Петрова Ирина Владимировна, доцент кафедры детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, к.м.н., доцент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003008B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4D6C41" w14:textId="3CBA3740" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="00AF2DE3" w:rsidP="001A2B64">
+    <w:p w14:paraId="50F04C95" w14:textId="2DB6E1DF" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003008B5">
-[...115 lines deleted...]
-    <w:p w14:paraId="167F91B9" w14:textId="4EE65D67" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="00562A04" w:rsidP="001A2B64">
+    </w:p>
+    <w:p w14:paraId="560F017C" w14:textId="2736D54D" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11.</w:t>
-[...382 lines deleted...]
-        </w:rPr>
         <w:t>12.30-</w:t>
       </w:r>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">12.50 «Младенческие колики: клинические возможности </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> в практике педиатра» </w:t>
+        <w:t xml:space="preserve">12.50 «Младенческие колики: клинические возможности мультипробиотиков в практике педиатра» </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E385013" w14:textId="67EF5100" w:rsidR="001A2B64" w:rsidRPr="003008B5" w:rsidRDefault="001A2B64" w:rsidP="001A2B64">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003008B5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Петрова Ирина Владимировна, доцент кафедры детских болезней педиатрического факультета ФГБОУ ВО «ВолгГМУ» Минздрава России, к.м.н., доцент.</w:t>
       </w:r>
     </w:p>
@@ -1811,124 +1633,125 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00052C01"/>
     <w:rsid w:val="00013F05"/>
     <w:rsid w:val="00046604"/>
     <w:rsid w:val="00052C01"/>
     <w:rsid w:val="00065345"/>
     <w:rsid w:val="00116C66"/>
     <w:rsid w:val="001651C8"/>
     <w:rsid w:val="001661FD"/>
     <w:rsid w:val="00172B44"/>
     <w:rsid w:val="00193DF6"/>
     <w:rsid w:val="001A2B64"/>
     <w:rsid w:val="001C312E"/>
+    <w:rsid w:val="001C77A8"/>
     <w:rsid w:val="001E5BC9"/>
     <w:rsid w:val="001E7CA2"/>
     <w:rsid w:val="001F6C65"/>
     <w:rsid w:val="00204446"/>
     <w:rsid w:val="0021523B"/>
     <w:rsid w:val="00216491"/>
     <w:rsid w:val="002169E2"/>
     <w:rsid w:val="0028192E"/>
     <w:rsid w:val="00296ACD"/>
     <w:rsid w:val="002972BF"/>
     <w:rsid w:val="002C659F"/>
     <w:rsid w:val="002D109B"/>
     <w:rsid w:val="002E02F4"/>
     <w:rsid w:val="002E56D5"/>
     <w:rsid w:val="002F3881"/>
     <w:rsid w:val="003008B5"/>
     <w:rsid w:val="00315BFB"/>
     <w:rsid w:val="00321192"/>
     <w:rsid w:val="0036325B"/>
     <w:rsid w:val="003666C6"/>
     <w:rsid w:val="003739FE"/>
     <w:rsid w:val="00374C84"/>
     <w:rsid w:val="0037763A"/>
     <w:rsid w:val="003879CF"/>
     <w:rsid w:val="003B6C5A"/>
     <w:rsid w:val="003F66BB"/>
     <w:rsid w:val="004313DF"/>
     <w:rsid w:val="00465E1C"/>
     <w:rsid w:val="00476296"/>
     <w:rsid w:val="004812A8"/>
     <w:rsid w:val="004C0532"/>
     <w:rsid w:val="004C1122"/>
     <w:rsid w:val="004C5732"/>
     <w:rsid w:val="004D0D8B"/>
     <w:rsid w:val="004F5C90"/>
     <w:rsid w:val="00541510"/>
     <w:rsid w:val="00562A04"/>
     <w:rsid w:val="00587AF3"/>
     <w:rsid w:val="005E17E4"/>
     <w:rsid w:val="00646B5B"/>
     <w:rsid w:val="00661B2F"/>
     <w:rsid w:val="00666130"/>
     <w:rsid w:val="00671F61"/>
     <w:rsid w:val="006A03E3"/>
     <w:rsid w:val="006E29C0"/>
     <w:rsid w:val="006E38C5"/>
     <w:rsid w:val="00710943"/>
     <w:rsid w:val="00747E5F"/>
     <w:rsid w:val="007D6F40"/>
     <w:rsid w:val="007E7526"/>
+    <w:rsid w:val="007F5FB6"/>
     <w:rsid w:val="008568EE"/>
     <w:rsid w:val="0085733A"/>
     <w:rsid w:val="00877B70"/>
     <w:rsid w:val="008A10FA"/>
     <w:rsid w:val="008C6642"/>
     <w:rsid w:val="008D1E1E"/>
     <w:rsid w:val="00900A66"/>
     <w:rsid w:val="00901595"/>
     <w:rsid w:val="00901600"/>
     <w:rsid w:val="00903F8A"/>
     <w:rsid w:val="00933C44"/>
     <w:rsid w:val="00970129"/>
     <w:rsid w:val="0098095A"/>
     <w:rsid w:val="00981926"/>
     <w:rsid w:val="009C045C"/>
     <w:rsid w:val="009F3F8F"/>
     <w:rsid w:val="009F4EF7"/>
     <w:rsid w:val="00A319EA"/>
     <w:rsid w:val="00A550FC"/>
     <w:rsid w:val="00A95083"/>
     <w:rsid w:val="00AD10B9"/>
     <w:rsid w:val="00AF2DE3"/>
     <w:rsid w:val="00AF723C"/>
     <w:rsid w:val="00B04FF2"/>
     <w:rsid w:val="00B70AE6"/>
@@ -2911,66 +2734,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>353</Words>
-  <Characters>2015</Characters>
+  <Words>348</Words>
+  <Characters>1984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2364</CharactersWithSpaces>
+  <CharactersWithSpaces>2328</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Агро Менеджер</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>